--- v0 (2025-11-06)
+++ v1 (2026-03-03)
@@ -3,112 +3,112 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="003F686B" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="335CCB84" w14:textId="77777777" w:rsidR="003F686B" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Liberatoria per la realizzazione e l’utilizzo a titolo gratuito</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="09F85721" w14:textId="77777777" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>delle</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> immagini fotografiche e riprese video </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="17334E1B" w14:textId="77777777" w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007C42D4" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="26480F5E" w14:textId="3726C97D" w:rsidR="007C42D4" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Il</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">/La sottoscritto/a ____________________ cod. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -131,74 +131,90 @@
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> __________ il _____________, residente in ____________, Via ___</w:t>
       </w:r>
       <w:r w:rsidR="003F686B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>_____________, di seguito indicato come “Allievo”</w:t>
+        <w:t>_____________, di seguito indicato come “</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="003F686B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="35824D69" w14:textId="77777777" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AUTORIZZA</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00CA73B0" w:rsidP="002C0E54">
+    <w:p w14:paraId="62E07AD3" w14:textId="4F13A048" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00CA73B0" w:rsidP="002C0E54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fondazione</w:t>
@@ -263,458 +279,674 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Fondazione</w:t>
       </w:r>
       <w:r w:rsidR="00F53433">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CVC)</w:t>
       </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, anche </w:t>
+      </w:r>
       <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ai sensi degli artt. 10 e 320 c.c. e degli artt. 96 e 97 della Legge </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22 aprile 1941 </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n. 633 (Legge sul Diritto d'Autore), a utilizzare e pubblicare</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a titolo gratuito</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per le fi</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nalità di seguito meglio indicat</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">le Immagini, </w:t>
+      </w:r>
       <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>ad utilizzare, per le fi</w:t>
+        <w:t>e/o le riprese video reali</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zzate durante la partecipazione </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ai </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Corsi</w:t>
       </w:r>
       <w:r w:rsidR="00340B16">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>nalità di seguito meglio indicat</w:t>
+        <w:t xml:space="preserve"> di vela</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (“Immagini”)</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58D4EE02" w14:textId="5E9EA3C4" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00340B16" w:rsidP="002C0E54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Fondazione </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CVC</w:t>
       </w:r>
       <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>e, le immagini e/o le riprese video reali</w:t>
+        <w:t xml:space="preserve"> avrà la facoltà di utilizzare </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e pubblicare </w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>le Immagini</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, in emissione diretta e/o registrata, in Italia e a</w:t>
       </w:r>
       <w:r w:rsidR="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">zzate durante la partecipazione </w:t>
+        <w:t xml:space="preserve">ll'estero e in qualunque </w:t>
       </w:r>
       <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>del</w:t>
-[...7 lines deleted...]
-        <w:t>l’Allievo</w:t>
+        <w:t>fo</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rma e modo, nonché di riprodurle, adattarle, pubblicarle, distribuirle, diffonderle</w:t>
       </w:r>
       <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ai </w:t>
+        <w:t xml:space="preserve"> e comuni</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>carle al pubblico</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> senza limitazioni o vincoli di tempo, di spazio e/o di passaggi, attravers</w:t>
       </w:r>
       <w:r w:rsidR="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Corsi</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> di vela</w:t>
+        <w:t xml:space="preserve">o l'inserimento in canali </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>televisivi, telematici e/o sit</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i della rete Internet e sul World Wide Web, anche effettuando adattame</w:t>
       </w:r>
       <w:r w:rsidR="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">nti o riduzioni dei tempi delle </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>riprese video.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BBB9824" w14:textId="458C12FA" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00340B16" w:rsidP="002C0E54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Fondazione </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CVC</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sarà titolare di ogni diritto di sfruttamento economico (i “Diritti”), </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in ogni f</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orma e modo, relativi </w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alle I</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>mmagin</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, con ogni facolt</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>à di effettuare rielaborazioni e</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trasformazioni e con il diritt</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o di registrarle, riprodurle su </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">qualsivoglia supporto attraverso qualsiasi canale distributivo, con qualsiasi modalità e senza limitazione alcuna, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">senza che il Partecipante </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>possa pretendere alcun compenso o alcun in</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dennizzo da parte della Fondazione CVC</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00340B16" w:rsidP="002C0E54">
+    <w:p w14:paraId="66C89FFA" w14:textId="77777777" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...117 lines deleted...]
-        <w:t>riprese video.</w:t>
+      <w:r w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I Diritti comprendono, tra l’altro, anche la facoltà, ma non l’obbligo di:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00340B16" w:rsidP="002C0E54">
-[...123 lines deleted...]
-    <w:p w:rsidR="002C0E54" w:rsidRDefault="00CA73B0" w:rsidP="002C0E54">
+    <w:p w14:paraId="39AE203F" w14:textId="26A89438" w:rsidR="002C0E54" w:rsidRDefault="00CA73B0" w:rsidP="002C0E54">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>registrare</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> ed editare, in t</w:t>
       </w:r>
       <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>utto e/o in parte nonché su ogni mezzo e su qualsiasi supporto, le im</w:t>
+        <w:t>utto e/o in parte nonché su ogni mez</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zo e su qualsiasi supporto, le I</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>magini e/o le riprese video del</w:t>
-[...7 lines deleted...]
-        <w:t>l’Allievo</w:t>
+        <w:t>magini del</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
       </w:r>
       <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, da sole e/o unitamente a quelle di altri, totalmente e/o parzialmente e anche effettuandone traduzioni;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="6817F656" w14:textId="66B5DC5D" w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>effettuare</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
@@ -724,255 +956,294 @@
         </w:rPr>
         <w:t xml:space="preserve"> la moltiplicazione in copia, diretta e/o indiretta, temporanea e/o permanente, in </w:t>
       </w:r>
       <w:r w:rsidR="00340B16">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tutto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> e/o in parte, in qualunque </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">modo e/o forma, con qualsiasi procedimento di riproduzione, delle immagini e/o delle riprese </w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> Minore e di qualsiasi </w:t>
+        <w:t>modo e/o forma, con qualsiasi proce</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dimento di riproduzione, delle I</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:t xml:space="preserve">mmagini </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e di qualsiasi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">suo dato personale (incluso il nome e la voce) contenuto nelle predette riprese video (i </w:t>
       </w:r>
       <w:r w:rsidR="00340B16">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
       <w:r w:rsidRPr="00340B16">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Dati Personali</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’’);</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="7A523F32" w14:textId="6064B738" w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>diffondere</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> la partecipazione </w:t>
-[...7 lines deleted...]
-        <w:t>dell’Allievo</w:t>
+        <w:t xml:space="preserve"> l</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e Immagini</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D" w:rsidRPr="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>del Partecipante</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> alle riprese video in questione, la sua immagine, nonch</w:t>
-[...15 lines deleted...]
-        <w:t>unitamente a quelli di altri</w:t>
+        <w:t>, nonch</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>é i Dati Personali</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, totalmente e/o parzialmente, attraverso l’impiego di qualsiasi mezz</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">o di diffusione, ivi incluse le </w:t>
+        <w:t>attraverso l’impiego di qualsiasi mezz</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o di diffusione, </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">diffusioni interattive su richiesta individuale (come quelle via Internet), con ogni </w:t>
+        <w:t>con ogni modalità tecnica</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ed </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...16 lines deleted...]
-        <w:t>libera, in ogni circuito, pubblico e/o privato, anche separatamente dalla sua partecipazione;</w:t>
+        <w:t>in ogni circuito, pubblico e/o privato, anche separatamente dalla sua partecipazione;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="404F47F7" w14:textId="6DAE0BC3" w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>diffondere</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> le stesse sulle pagine ufficiali </w:t>
+        <w:t xml:space="preserve"> le stesse </w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Immagini </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sulle pagine ufficiali </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B651E0" w:rsidRPr="00B651E0">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Facebook</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00B651E0" w:rsidRPr="00B651E0">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B651E0" w:rsidRPr="00B651E0">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1032,1211 +1303,4382 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>del</w:t>
       </w:r>
       <w:r w:rsidR="00CA73B0">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>la Fondazione</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> CVC nonché su future tecnologie </w:t>
+        <w:t xml:space="preserve"> CVC nonché su </w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ogni altro </w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>di “social networking" che saranno disponibili;</w:t>
+        <w:t>“social network";</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="3C88B0AA" w14:textId="21C7A502" w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>stampare</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e/o pubblicare e/o distribuire le immagini e/o le riprese video </w:t>
+        <w:t xml:space="preserve"> e/o pubblicare e/o distrib</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uire le I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mmagini </w:t>
       </w:r>
       <w:r w:rsidR="003F686B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dell’Allievo</w:t>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="00F6499D">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e i Dati Personali</w:t>
       </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> e i Dati Personali, da soli e/o unitamente</w:t>
-[...15 lines deleted...]
-        <w:t>a quelli di altri, su ogni tipo di prodotto editoriale;</w:t>
+        <w:t xml:space="preserve"> su ogni tipo di prodotto editoriale;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="62EE2CBE" w14:textId="53F42B12" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00403CBF" w:rsidP="002C0E54">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002C0E54">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>utilizzare</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="002C0E54">
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> le immagini e/o le riprese video </w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le I</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mmagini </w:t>
       </w:r>
       <w:r w:rsidR="003F686B">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>dell’Allievo</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002C0E54">
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> per la predisposizione di comunicazioni pubblicitari</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">e (quali, a titolo </w:t>
       </w:r>
-      <w:r w:rsidRPr="002C0E54">
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">esemplificativo, video, pagine stampate e/o </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B651E0">
+      <w:r w:rsidR="002C0E54" w:rsidRPr="00B651E0">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>brochure</w:t>
       </w:r>
-      <w:r w:rsidRPr="002C0E54">
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> delle attività </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>svolte</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da parte </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la Fondazione</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CVC</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75126C59" w14:textId="55DE84BC" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="008B7A17" w:rsidP="002C0E54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>In relazione alle I</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mmagini </w:t>
+      </w:r>
+      <w:r w:rsidR="003F686B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> che </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la Fondazione</w:t>
+      </w:r>
+      <w:r w:rsidR="003F686B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CVC pot</w:t>
+      </w:r>
+      <w:r w:rsidR="00A07325">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">à utilizzare, il/la sottoscritto/a espressamente dichiara </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>di rinunciare alla corresponsione di qualsivoglia</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> compenso e/o rimborso spese. Il</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/la sottoscritto</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">dichiara altresì di assumere la </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>piena ed esclusiva responsabilità delle opinioni espresse e dei dati forniti nel corso de</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lla partecipazione alle riprese </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ideo;</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pertanto, garantisce </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e manlev</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a la </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fondazione</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CVC </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>da ogni e qualsivoglia pretesa che terzi possan</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o avanzare in conseguenza delle </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>opinioni espresse e dei dati forniti dal</w:t>
+      </w:r>
+      <w:r w:rsidR="003F686B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lo stesso </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5ED387BE" w14:textId="79C0AAD5" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00CA73B0" w:rsidP="002C0E54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">La Fondazione </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>CVC</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> porrà utilizzare le I</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mmagini </w:t>
+      </w:r>
+      <w:r w:rsidR="003F686B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="0066455E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> esclusivamente per le finalità </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sopraindicate; resta inteso che </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nessuna responsabilità sarà addebitata alla </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fondazione</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CVC </w:t>
+      </w:r>
+      <w:r w:rsidR="008B7A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nel caso in cui le I</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mmagini </w:t>
+      </w:r>
+      <w:r w:rsidR="003F686B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>del</w:t>
+      </w:r>
+      <w:r w:rsidR="0066455E">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> siano utilizzare da terzi </w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per fin</w:t>
+      </w:r>
+      <w:r w:rsidR="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>alità differenti</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740B7623" w14:textId="6536820D" w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00CA73B0" w:rsidP="002C0E54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>È fatto</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> divieto per </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la Fondazione</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> CVC</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> di riprodurre, utili</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zzare o pubblicare le predette I</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mmagini in </w:t>
+      </w:r>
+      <w:r w:rsidR="003F686B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>modo</w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> tale</w:t>
+      </w:r>
+      <w:r w:rsidR="003F686B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da arrecare pregiudizio alla dignità e al decoro dello stesso </w:t>
+      </w:r>
+      <w:r w:rsidR="003E0025">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76C00F0D" w14:textId="5CD25014" w:rsidR="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Luogo e data </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Firma del dichiarante </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09BD8491" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="002C0E54">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4248DFA9" w14:textId="77777777" w:rsidR="008B5E75" w:rsidRDefault="008B5E75" w:rsidP="008B5E75">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>--------------------------------------------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">----------------------------------------------------------- </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BDA7BC6" w14:textId="77777777" w:rsidR="005901D8" w:rsidRDefault="005901D8" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="058D647A" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRPr="002C0E54" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>INFORMATIVA PRIVACY</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C54460F" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ai</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sensi dell’art</w:t>
+      </w:r>
       <w:r w:rsidRPr="002C0E54">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
-          <w:sz w:val="24"/>
-[...50 lines deleted...]
-        <w:t>.</w:t>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13 del Regolamento (UE) 2016/679 del Parlamento Europeo e del Consiglio</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00CA73B0" w:rsidP="002C0E54">
+    <w:p w14:paraId="68106797" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+    </w:p>
+    <w:p w14:paraId="58630A42" w14:textId="4FB8E4D8" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La Fondazione Centro Velico Caprera – ETS (Fondazione CVC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA73B0">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>in qualità di titolare del trattamento, desidera informarl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a che, ai sensi dell’art. 13 del </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regolamento (UE) 20I6/679 relativo alla protezione delle persone fisiche con riguardo al </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trattamento dei dati personali (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">il </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>“Regolamento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>intende procedere al trattamento dei dati forniti attraverso la compilazione della liberatoria per la realizzazione e l’utilizzo a titolo gr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">atuito di </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">immagini (la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>"Liberatoria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>”),</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002C0E54">
-[...47 lines deleted...]
-      <w:r w:rsidR="002C0E54" w:rsidRPr="00B651E0">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>attraverso lo scat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to di immagini fotografiche (le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Immagini Fotografiche” </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">spot, </w:t>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e la r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">egistrazione della voce e delle </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">immagini video (le </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">“Riprese Video”), </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inerenti </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la sua persona, indicato di seguito come “Partecipante”, nel rispetto della normativa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>vigente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A8D7039" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Titolare del trattamento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F172A46" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRPr="00340B16" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Il titolare del trattamento è </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Fondazione CVC – Centro Velico Caprera ETS con sede in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Milano, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Via Cornelio Tacito </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6, nella persona del le</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gale rappresentante pro-tempore.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BDAB07" w14:textId="312A7C8F" w:rsidR="00143C2B" w:rsidRPr="00340B16" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Per l’esercizio dei Suoi diritti</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, elencati al successivo punto 7)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> della presente Informativa, nonché per qualsiasi altra richiesta, Lei potrà contattare il Titolare scrivendo all’indirizzo di posta elettronica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="007A6648">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>info@centrovelicocaprera.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ovvero a mezzo raccomandata </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00340B16" w:rsidRPr="00B651E0">
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a.r.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a: Fondazione CVC – Centro Velico Caprera ETS, Via Cornelio Tacito </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>n°</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>6, 201</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC0ABA">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>37</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00340B16">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Milano.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2584DD24" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Finalità e base giuridica del trattamento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75246226" w14:textId="5B809A7A" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I dati personali di cui </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la Fondazione CVC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> viene in possesso sono quelli forniti in o</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ccasione della compilazione </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>della Liberatoria e, successivamente, dell’acquisizione ed utilizzo delle Immagini Fotografiche e delle Riprese V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ideo del Partecipante. I dati saranno </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trattati esclusivamente per:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FD6553A" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> corso al contenuto della Liberatoria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C904AA5" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La base giuridica su cui si fonda questo trattamento è il Suo consenso espresso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="368C54BD" w14:textId="33379A93" w:rsidR="00143C2B" w:rsidRDefault="00322B43" w:rsidP="00E345B3">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consentire l’utilizzo delle Immagini </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="008C17CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e delle Riprese </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per: la realizzazione e la distribuzione di materiale editoriale e promozionale cartaceo (es. brochure, cataloghi, riviste, libri) relativo alle attività della Fondazione; la pubblicazione sul sito web istituzionale della Fondazione (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8">
+        <w:r w:rsidRPr="00322B43">
+          <w:rPr>
+            <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>www.centrovelicocaprera.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) e su altri canali digitali gestiti direttamente dalla Fondazione (es. newsletter); nonché </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pubblicazione e diffusione sulle pagine e sui canali della Fondazione presenti su piattaforme di social network (es. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>YouTube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, X, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>LinkedIn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidR="008B7A17">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d ogni altra</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="409BA45C" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>La base giuridica su cui si fonda questo trattamento è il Suo consenso espresso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DFD4520" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dati personali porranno essere trattati sia attraverso strumenti informatici, che supporti cartacei.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68519F16" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Periodo di conservazione dei dati. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E50ED41" w14:textId="55D7A823" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dati personali verranno conservati per un arco di tempo non superiore r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ispetto a quello necessario per </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">il conseguimento delle finalità per i quali sono raccolti e trattari. Pertanto, laddove le Immagini Fotografiche </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e/o le Riprese Video del Partecipante </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non siano rese pubbliche, i dati personali saranno conservati </w:t>
+      </w:r>
+      <w:r w:rsidR="00322B43">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per un periodo di 36 mesi dalla data della loro realizzazione</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In merito ad altri eventuali dati personali, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non potendo predeterminare </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>con precisione il loro periodo di conservazione, il Titolare del trattamento si impegna fin da ora ad ispirare questo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> specifico trattamento ai </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">principi di adeguatezza, pertinenza e minimizzazione dei dati, così </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">come richiesto dal Regolamento, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>verificando</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> annualmente la necessità della </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>loro conservazione. Pertanto, una volta raggiunte le finalità per le quali sono stari raccolti e trattatati, i dati person</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ali verranno rimossi dai nostri </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sistemi e registri e/o prenderemo le opportune misure per renderli anonimi. Ciò, fatto salvo il caso in cui avremo</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bisogno di mantenere tali dati </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>per adempi</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>re ad obblighi normativi, oppure per accertare, esercitare o difendere un nostro diritto in sede giudiziaria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21AA9D6C" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Categorie di destinatari. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CCA12B" w14:textId="3698F030" w:rsidR="003573DE" w:rsidRPr="00DA1FCC" w:rsidRDefault="00143C2B" w:rsidP="00403CBF">
+      <w:pPr>
+        <w:spacing w:after="120" w:line="240" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Fermo restando il Suo consenso esplicito alla diffusione dei dai personali del Partecipante per le finalità suesposte, potranno comunque venire a conoscenza di tali dati, in relazione alle finalità precedentemente esposte: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) i soggetti che possono accedere ai dati in forza di disposizioni di legge previste dal diritto dell'Unione Europea o da quello dello Stato </w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>italiano</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1FCC">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>billboard</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00340B16" w:rsidRPr="00B651E0">
+        <w:t>ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i titolari del trattamento facenti parte della Fondazione CVC, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>il personale dipendente</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e collaboratori</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">quale soggetto </w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>che agisce sot</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to l’autorità del Titolare del trattamento o come </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="0073178C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Amministratore di Sistema</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00403CBF">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>, jingle</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B651E0" w:rsidRPr="00B651E0">
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1FCC">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00340B16" w:rsidRPr="00B651E0">
+        <w:t>i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>le s</w:t>
+      </w:r>
+      <w:r w:rsidR="003573DE" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ocietà e </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i </w:t>
+      </w:r>
+      <w:r w:rsidR="003573DE" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">professionisti che forniscono servizi alla Fondazione </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CVC </w:t>
+      </w:r>
+      <w:r w:rsidR="003573DE" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(es. agenzie di comunicazione, fotografi, videomaker, tipografie, web agency)</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>sempre nei limiti delle finalità per le quali i dati sono stati raccolti e nei limiti di qua</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nto indicato nella Liberatoria</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iv</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i g</w:t>
+      </w:r>
+      <w:r w:rsidR="003573DE" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>estori d</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i piattaforme di social network; </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>) il p</w:t>
+      </w:r>
+      <w:r w:rsidR="003573DE" w:rsidRPr="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ubblico generico, in caso di diffusione tr</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">amite i canali sopra menzionati. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7241BA5C" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trasferimento dei dati verso paesi terzi e processi automatizzati. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E9759AD" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Il Titolare del Trattamento non intende trasferire i dati personali verso</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Paesi terzi e/o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0073178C">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>utilizzare processi automatizzati</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F581E3B" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Natura del conferimento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="228CBC37" w14:textId="6E4DFF1E" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Il conferimento dei dati personali per le finalità di cui ai paragrafi 2.A</w:t>
+      </w:r>
+      <w:r w:rsidR="008C17CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e</w:t>
+      </w:r>
+      <w:r w:rsidR="0008726B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.B </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ha na</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tura facoltativa, ma la mancata </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">autorizzazione </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>al loro trattamento comporterà l’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>impossibilità di da</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA1FCC">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r corso alla Liberatoria nonché</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">di realizzare le Immagini </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Fotografiche e le Riprese Video delle attività svolte dal</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all’interno dei </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corsi </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ed utilizzarle ne</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">i modi e nei limiti esplicitati </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>nella Liberatoria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C1D4A59" w14:textId="445D88C9" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Diritti dell’Interessato. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AB9ECEE" w14:textId="2C7139BE" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">In relazione al trattamento dei dati personali Lei, in qualità di interessato, ha il diritto di: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-      <w:r w:rsidR="002C0E54" w:rsidRPr="00B651E0">
+        <w:t>i)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> revocare il consenso al </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>trattamento in qualsiasi momento (la revoca del consenso, tuttavia, non pregiudica la liceità del trattamento bas</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ata sul consenso prestato prima </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">della revoca); </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>split screen</w:t>
-[...89 lines deleted...]
-      <w:r w:rsidR="002C0E54" w:rsidRPr="002C0E54">
+        <w:t>ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> chiedere l’accesso ai clan personali; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ottenere la rettifica e l’integrazione dei dati personali ritenuti </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">inesatti; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iii</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ottenere la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cancellazione dei dati personali qualora sussista</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> uno dei morivi previsti dall’art</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 17</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Regolamento; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>iv</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ottenere la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">limitazione del trattamento dei </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dati personali, qualora ricorrano le ipotesi previste dall'</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>r</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>. 18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del Regolamento; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ricevere i dati personali che rig</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">uardano l’Partecipante in un formato </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>strutturato, di uso comune e leggibile da dispositivo automatico, nonché di trasmettere tali dati a un altro</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> titolare del trattamento senza </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">impedimenti; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> opporsi in qualsiasi momento, per motivi connessi alla situazione particolare </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dell’Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, al tratta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">mento dei dati personali svolto </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ai sensi dell'alt. 6, comma 1, lettere e) o f) del Regolamento; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>v</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ii)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non ess</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ere sottoposto a decisioni basat</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e unicamente sul trat</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">tamento </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">automatizzato; </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>viii</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> pr</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>oporre reclamo ad un’autorità d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i controllo oppure adire le opportune sedi giudiziarie, qua</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">lora ritenga che il trattamento </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">che riguarda </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l’Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> violi il Regolament</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>o. Per esercitare ciascuno dei s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>uoi diritti, Lei può contattare il Titolare</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> del trattamento, nella persona </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>del legale rappresentante, indirizzando una comunica</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>zione presso la sede legale in</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C0E54">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Milano, Via Cornelio Tacito n°6, oppure inviando una e-ma</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all’indirizzo </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="007A6648">
+          <w:rPr>
+            <w:rStyle w:val="Collegamentoipertestuale"/>
+            <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>info@centrovelicocaprera.it</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00267BC9">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="002C0E54" w:rsidP="002C0E54">
+    <w:p w14:paraId="29C353EF" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
-          <w:sz w:val="24"/>
-[...155 lines deleted...]
-      <w:r w:rsidRPr="002C0E54">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Consenso al trattamento. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4577B9C3" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Il/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la sottoscritto/a, letta l’informativa privacy sopra riportata, espressamente e liberamente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D1E41B0" w14:textId="40B37299" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7649046E" wp14:editId="4CF04F54">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4945380</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>22860</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="274320" cy="190500"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="896556270" name="Rettangolo con angoli arrotondati 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="274320" cy="190500"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:roundrect w14:anchorId="506FB4FA" id="Rettangolo con angoli arrotondati 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:389.4pt;margin-top:1.8pt;width:21.6pt;height:15pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVVphUYwIAACIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpyoCqKapATJMQ&#10;VMDEs+vYJJLj885u0+7X7+ykKQK0h2kvju27++7uy3eeX+5aw7YKfQO25MVJzpmyEqrGvpT859PN&#10;l3POfBC2EgasKvleeX65+Pxp3rmZmkANplLICMT6WedKXofgZlnmZa1a4U/AKUtGDdiKQEd8ySoU&#10;HaG3Jpvk+besA6wcglTe0+11b+SLhK+1kuFea68CMyWn2kJaMa3ruGaLuZi9oHB1I4cyxD9U0YrG&#10;UtIR6loEwTbYvINqG4ngQYcTCW0GWjdSpR6omyJ/081jLZxKvRA53o00+f8HK++2j26FREPn/MzT&#10;Nnax09jGL9XHdoms/UiW2gUm6XJyNv06IUolmYqL/DRPZGbHYIc+fFfQsrgpOcLGVg/0QxJPYnvr&#10;A2Ul/4NfTGjhpjEm3h/LSbuwNyo6GPugNGuqWEACSkpRVwbZVtA/FlIqG4reVItK9dcFlXeob4xI&#10;2RNgRNaUeMQeAKIK32P3ZQ/+MVQloY3B+d8K64PHiJQZbBiD28YCfgRgqKshc+9/IKmnJrK0hmq/&#10;QobQy9w7edMQ97fCh5VA0jX9LprVcE+LNtCVHIYdZzXg74/uoz/JjaycdTQnJfe/NgIVZ+aHJSFe&#10;FNNpHKx0mJ6eRUnga8v6tcVu2iug31TQq+Bk2kb/YA5bjdA+00gvY1YyCSspd8llwMPhKvTzS4+C&#10;VMtlcqNhciLc2kcnI3hkNcrqafcs0A0CDKTcOzjMlJi9kWDvGyMtLDcBdJP0eeR14JsGMQlneDTi&#10;pL8+J6/j07b4AwAA//8DAFBLAwQUAAYACAAAACEAWS3l2t8AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPT0vDQBDF74LfYRnBS7EbI6QhZlPEPyAVirbF8yY7TWJ3Z0N228Zv73jS45v3ePN75XJy&#10;VpxwDL0nBbfzBARS401PrYLd9uUmBxGiJqOtJ1TwjQGW1eVFqQvjz/SBp01sBZdQKLSCLsahkDI0&#10;HTod5n5AYm/vR6cjy7GVZtRnLndWpkmSSad74g+dHvCxw+awOToFq2f3Xs/sah/fvrIDvSazz+Zp&#10;rdT11fRwDyLiFP/C8IvP6FAxU+2PZIKwChaLnNGjgrsMBPt5mvK2mjUfZFXK/wOqHwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBVVphUYwIAACIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBZLeXa3wAAAAgBAAAPAAAAAAAAAAAAAAAAAL0EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;" filled="f" strokecolor="#091723 [484]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+              </v:roundrect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="568454AE" wp14:editId="072FAF93">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2297430</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>16510</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="274320" cy="190500"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2127891895" name="Rettangolo con angoli arrotondati 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="274320" cy="190500"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:roundrect w14:anchorId="18AAABF9" id="Rettangolo con angoli arrotondati 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:180.9pt;margin-top:1.3pt;width:21.6pt;height:15pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVVphUYwIAACIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpyoCqKapATJMQ&#10;VMDEs+vYJJLj885u0+7X7+ykKQK0h2kvju27++7uy3eeX+5aw7YKfQO25MVJzpmyEqrGvpT859PN&#10;l3POfBC2EgasKvleeX65+Pxp3rmZmkANplLICMT6WedKXofgZlnmZa1a4U/AKUtGDdiKQEd8ySoU&#10;HaG3Jpvk+besA6wcglTe0+11b+SLhK+1kuFea68CMyWn2kJaMa3ruGaLuZi9oHB1I4cyxD9U0YrG&#10;UtIR6loEwTbYvINqG4ngQYcTCW0GWjdSpR6omyJ/081jLZxKvRA53o00+f8HK++2j26FREPn/MzT&#10;Nnax09jGL9XHdoms/UiW2gUm6XJyNv06IUolmYqL/DRPZGbHYIc+fFfQsrgpOcLGVg/0QxJPYnvr&#10;A2Ul/4NfTGjhpjEm3h/LSbuwNyo6GPugNGuqWEACSkpRVwbZVtA/FlIqG4reVItK9dcFlXeob4xI&#10;2RNgRNaUeMQeAKIK32P3ZQ/+MVQloY3B+d8K64PHiJQZbBiD28YCfgRgqKshc+9/IKmnJrK0hmq/&#10;QobQy9w7edMQ97fCh5VA0jX9LprVcE+LNtCVHIYdZzXg74/uoz/JjaycdTQnJfe/NgIVZ+aHJSFe&#10;FNNpHKx0mJ6eRUnga8v6tcVu2iug31TQq+Bk2kb/YA5bjdA+00gvY1YyCSspd8llwMPhKvTzS4+C&#10;VMtlcqNhciLc2kcnI3hkNcrqafcs0A0CDKTcOzjMlJi9kWDvGyMtLDcBdJP0eeR14JsGMQlneDTi&#10;pL8+J6/j07b4AwAA//8DAFBLAwQUAAYACAAAACEASG9YE98AAAAIAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPTU/DMAyG70j8h8hIXKYt2YAKlaYT4kNCm4RgQ5zTxmvLEqdqsq38e8wJjvZjvX7eYjl6&#10;J444xC6QhvlMgUCqg+2o0fCxfZ7egojJkDUuEGr4xgjL8vysMLkNJ3rH4yY1gkMo5kZDm1KfSxnr&#10;Fr2Js9AjMduFwZvE49BIO5gTh3snF0pl0puO+ENrenxosd5vDl7D6sm/VRO32qX1V7anFzX5rB9f&#10;tb68GO/vQCQc098x/OqzOpTsVIUD2SichqtszupJwyIDwfxa3XC3igEvZFnI/wXKHwAAAP//AwBQ&#10;SwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlw&#10;ZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVs&#10;cy8ucmVsc1BLAQItABQABgAIAAAAIQBVVphUYwIAACIFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMv&#10;ZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQBIb1gT3wAAAAgBAAAPAAAAAAAAAAAAAAAAAL0EAABk&#10;cnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAyQUAAAAA&#10;" filled="f" strokecolor="#091723 [484]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+              </v:roundrect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONSENTO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">NON CONSENTO </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650F31A9" w14:textId="785C71A4" w:rsidR="00143C2B" w:rsidRPr="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00143C2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Ricordiamo che iscrivendoti ad un corso hai già accettato questa Informativa Privacy necessaria per la partecipazione)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CCABA3B" w14:textId="77777777" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>il</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trattamento dei dati personali per le finalità di cui al precedente paragrafo 2.A), volte a far corso al contenuto della liberatoria.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7857333C" w14:textId="063AA20B" w:rsidR="00143C2B" w:rsidRPr="00267BC9" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1D0B0A07" wp14:editId="21FABE4B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>4953000</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>307975</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="274320" cy="190500"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1628862586" name="Rettangolo con angoli arrotondati 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="274320" cy="190500"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:roundrect w14:anchorId="6F8EF00B" id="Rettangolo con angoli arrotondati 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:390pt;margin-top:24.25pt;width:21.6pt;height:15pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVVphUYwIAACIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpyoCqKapATJMQ&#10;VMDEs+vYJJLj885u0+7X7+ykKQK0h2kvju27++7uy3eeX+5aw7YKfQO25MVJzpmyEqrGvpT859PN&#10;l3POfBC2EgasKvleeX65+Pxp3rmZmkANplLICMT6WedKXofgZlnmZa1a4U/AKUtGDdiKQEd8ySoU&#10;HaG3Jpvk+besA6wcglTe0+11b+SLhK+1kuFea68CMyWn2kJaMa3ruGaLuZi9oHB1I4cyxD9U0YrG&#10;UtIR6loEwTbYvINqG4ngQYcTCW0GWjdSpR6omyJ/081jLZxKvRA53o00+f8HK++2j26FREPn/MzT&#10;Nnax09jGL9XHdoms/UiW2gUm6XJyNv06IUolmYqL/DRPZGbHYIc+fFfQsrgpOcLGVg/0QxJPYnvr&#10;A2Ul/4NfTGjhpjEm3h/LSbuwNyo6GPugNGuqWEACSkpRVwbZVtA/FlIqG4reVItK9dcFlXeob4xI&#10;2RNgRNaUeMQeAKIK32P3ZQ/+MVQloY3B+d8K64PHiJQZbBiD28YCfgRgqKshc+9/IKmnJrK0hmq/&#10;QobQy9w7edMQ97fCh5VA0jX9LprVcE+LNtCVHIYdZzXg74/uoz/JjaycdTQnJfe/NgIVZ+aHJSFe&#10;FNNpHKx0mJ6eRUnga8v6tcVu2iug31TQq+Bk2kb/YA5bjdA+00gvY1YyCSspd8llwMPhKvTzS4+C&#10;VMtlcqNhciLc2kcnI3hkNcrqafcs0A0CDKTcOzjMlJi9kWDvGyMtLDcBdJP0eeR14JsGMQlneDTi&#10;pL8+J6/j07b4AwAA//8DAFBLAwQUAAYACAAAACEADHuVluEAAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPX2vCMBTF3wf7DuEO9iKa2E1XuqYi+wPDgagbe06ba9uZ3JQmavftF5+2x8M5nPM7+WKw&#10;hp2w960jCdOJAIZUOd1SLeHz43WcAvNBkVbGEUr4QQ+L4voqV5l2Z9riaRdqFkvIZ0pCE0KXce6r&#10;Bq3yE9chRW/veqtClH3Nda/Osdwanggx51a1FBca1eFTg9Vhd7QSVi92U47Mah/ev+cHehOjr+p5&#10;LeXtzbB8BBZwCH9huOBHdCgiU+mOpD0zEh5SEb8ECffpDFgMpMldAqy8ODPgRc7/Pyh+AQAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFVWmFRjAgAAIgUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAAx7lZbhAAAACQEAAA8AAAAAAAAAAAAAAAAAvQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" filled="f" strokecolor="#091723 [484]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+              </v:roundrect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="it-IT"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B33ABDD" wp14:editId="276BE7F8">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2293620</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>300355</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="274320" cy="190500"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="44978436" name="Rettangolo con angoli arrotondati 1"/>
+                <wp:cNvGraphicFramePr/>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr/>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="274320" cy="190500"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="roundRect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                      </wps:spPr>
+                      <wps:style>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent1">
+                            <a:shade val="15000"/>
+                          </a:schemeClr>
+                        </a:lnRef>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="accent1"/>
+                        </a:fillRef>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent1"/>
+                        </a:effectRef>
+                        <a:fontRef idx="minor">
+                          <a:schemeClr val="lt1"/>
+                        </a:fontRef>
+                      </wps:style>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex">
+            <w:pict>
+              <v:roundrect w14:anchorId="11E6F376" id="Rettangolo con angoli arrotondati 1" o:spid="_x0000_s1026" style="position:absolute;margin-left:180.6pt;margin-top:23.65pt;width:21.6pt;height:15pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBVVphUYwIAACIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVFFP2zAQfp+0/2D5fSTpyoCqKapATJMQ&#10;VMDEs+vYJJLj885u0+7X7+ykKQK0h2kvju27++7uy3eeX+5aw7YKfQO25MVJzpmyEqrGvpT859PN&#10;l3POfBC2EgasKvleeX65+Pxp3rmZmkANplLICMT6WedKXofgZlnmZa1a4U/AKUtGDdiKQEd8ySoU&#10;HaG3Jpvk+besA6wcglTe0+11b+SLhK+1kuFea68CMyWn2kJaMa3ruGaLuZi9oHB1I4cyxD9U0YrG&#10;UtIR6loEwTbYvINqG4ngQYcTCW0GWjdSpR6omyJ/081jLZxKvRA53o00+f8HK++2j26FREPn/MzT&#10;Nnax09jGL9XHdoms/UiW2gUm6XJyNv06IUolmYqL/DRPZGbHYIc+fFfQsrgpOcLGVg/0QxJPYnvr&#10;A2Ul/4NfTGjhpjEm3h/LSbuwNyo6GPugNGuqWEACSkpRVwbZVtA/FlIqG4reVItK9dcFlXeob4xI&#10;2RNgRNaUeMQeAKIK32P3ZQ/+MVQloY3B+d8K64PHiJQZbBiD28YCfgRgqKshc+9/IKmnJrK0hmq/&#10;QobQy9w7edMQ97fCh5VA0jX9LprVcE+LNtCVHIYdZzXg74/uoz/JjaycdTQnJfe/NgIVZ+aHJSFe&#10;FNNpHKx0mJ6eRUnga8v6tcVu2iug31TQq+Bk2kb/YA5bjdA+00gvY1YyCSspd8llwMPhKvTzS4+C&#10;VMtlcqNhciLc2kcnI3hkNcrqafcs0A0CDKTcOzjMlJi9kWDvGyMtLDcBdJP0eeR14JsGMQlneDTi&#10;pL8+J6/j07b4AwAA//8DAFBLAwQUAAYACAAAACEA8kER++EAAAAJAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPTUvDQBCG74L/YRnBS7G7bUNaYiZF/ACpINqK5012msRmZ0N228Z/73rS48w8vPO8+Xq0&#10;nTjR4FvHCLOpAkFcOdNyjfCxe7pZgfBBs9GdY0L4Jg/r4vIi15lxZ36n0zbUIoawzzRCE0KfSemr&#10;hqz2U9cTx9veDVaHOA61NIM+x3DbyblSqbS65fih0T3dN1QdtkeLsHm0b+Wk2+zDy1d64Gc1+awe&#10;XhGvr8a7WxCBxvAHw69+VIciOpXuyMaLDmGRzuYRRUiWCxARSFSSgCgRlnEhi1z+b1D8AAAA//8D&#10;AFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFVWmFRjAgAAIgUAAA4AAAAAAAAAAAAAAAAALgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAPJBEfvhAAAACQEAAA8AAAAAAAAAAAAAAAAAvQQA&#10;AGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADLBQAAAAA=&#10;" filled="f" strokecolor="#091723 [484]" strokeweight="1pt">
+                <v:stroke joinstyle="miter"/>
+              </v:roundrect>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Il/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267BC9">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>la sottoscritto/a, letta l’informativa privacy sopra riportata, espressamente e liberamente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19134939" w14:textId="4D105285" w:rsidR="00143C2B" w:rsidRPr="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">CONSENTO  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">NON CONSENTO </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00143C2B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>(Ricordiamo che iscrivendoti ad un corso hai già accettato questa Informativa Privacy necessaria per la partecipazione)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F60883C" w14:textId="11471E0E" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945789">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00945789">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> trattamento dei dati personali </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dell’Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945789">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> per le finalità di cui al paragrafo 2.B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945789">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, al fine di permettere di sc</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">attare Immagini Fotografiche ed </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945789">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">effettuare Riprese Video </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>dell’Partecipante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945789">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> durante la sua partecipazione ai </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Corsi del CVC</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945789">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, che porranno essere </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">utilizzate nei limiti di quanto </w:t>
+      </w:r>
+      <w:r w:rsidR="0008726B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">sopra </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00945789">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>descritto</w:t>
+      </w:r>
+      <w:r w:rsidR="0008726B">
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> al citato paragrafo 2.B</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6744413F" w14:textId="77777777" w:rsidR="0008726B" w:rsidRDefault="0008726B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55573093" w14:textId="63F1A60D" w:rsidR="00143C2B" w:rsidRDefault="00143C2B" w:rsidP="00143C2B">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Luogo e data </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">Firma dell’interessato (Partecipante) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="671F039D" w14:textId="77777777" w:rsidR="005901D8" w:rsidRDefault="005901D8" w:rsidP="00945789">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="410E6D1E" w14:textId="390E082E" w:rsidR="00945789" w:rsidRDefault="008B5E75" w:rsidP="00945789">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>--------------------------------------------</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>-----------------------------------------------------------</w:t>
+      </w:r>
+      <w:r w:rsidR="00945789">
         <w:rPr>
           <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA73B0">
-[...46 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002C0E54" w:rsidRPr="002C0E54" w:rsidRDefault="00CA73B0" w:rsidP="002C0E54">
-[...323 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId7"/>
+    <w:sectPr w:rsidR="00945789" w:rsidSect="008B5E75">
+      <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="851" w:right="1021" w:bottom="851" w:left="1021" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E7268E" w:rsidRDefault="00E7268E" w:rsidP="00945789">
+    <w:p w14:paraId="7D44C7D9" w14:textId="77777777" w:rsidR="00010738" w:rsidRDefault="00010738" w:rsidP="00945789">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E7268E" w:rsidRDefault="00E7268E" w:rsidP="00945789">
+    <w:p w14:paraId="576EB8F2" w14:textId="77777777" w:rsidR="00010738" w:rsidRDefault="00010738" w:rsidP="00945789">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Palatino Linotype">
     <w:panose1 w:val="02040502050505030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="-1489705916"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="00945789" w:rsidRDefault="00945789">
+      <w:p w14:paraId="604DE868" w14:textId="77777777" w:rsidR="00945789" w:rsidRDefault="00945789">
         <w:pPr>
           <w:pStyle w:val="Pidipagina"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00A07325">
+        <w:r w:rsidR="008C17CC">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="00945789" w:rsidRDefault="00945789">
+  <w:p w14:paraId="27D9D020" w14:textId="77777777" w:rsidR="00945789" w:rsidRDefault="00945789">
     <w:pPr>
       <w:pStyle w:val="Pidipagina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00E7268E" w:rsidRDefault="00E7268E" w:rsidP="00945789">
+    <w:p w14:paraId="23B754D7" w14:textId="77777777" w:rsidR="00010738" w:rsidRDefault="00010738" w:rsidP="00945789">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00E7268E" w:rsidRDefault="00E7268E" w:rsidP="00945789">
+    <w:p w14:paraId="384DD624" w14:textId="77777777" w:rsidR="00010738" w:rsidRDefault="00010738" w:rsidP="00945789">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00AF6BA9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8A9AD342"/>
     <w:lvl w:ilvl="0" w:tplc="04100017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
@@ -2364,50 +5806,180 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FD365D3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="33B867FE"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="62675BD2"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="96E2CE6C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b/>
         <w:bCs/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:u w:val="none"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="it-IT"/>
       </w:rPr>
@@ -2431,51 +6003,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6F7536E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DA8840EE"/>
     <w:lvl w:ilvl="0" w:tplc="04100001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2544,51 +6116,181 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71BC162D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F64EA096"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B5945D9"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="95B24AA4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:position w:val="0"/>
         <w:sz w:val="17"/>
         <w:szCs w:val="17"/>
         <w:u w:val="none"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="it-IT"/>
       </w:rPr>
@@ -2616,135 +6318,166 @@
     <w:lvl w:ilvl="5">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="110"/>
+  <w:doNotDisplayPageBoundaries/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="002C0E54"/>
+    <w:rsid w:val="00010738"/>
+    <w:rsid w:val="0008726B"/>
+    <w:rsid w:val="00143C2B"/>
+    <w:rsid w:val="001B485E"/>
     <w:rsid w:val="00267BC9"/>
     <w:rsid w:val="002C0E54"/>
     <w:rsid w:val="00307431"/>
+    <w:rsid w:val="00322B43"/>
     <w:rsid w:val="00340B16"/>
+    <w:rsid w:val="003573DE"/>
+    <w:rsid w:val="003E0025"/>
     <w:rsid w:val="003E6749"/>
     <w:rsid w:val="003F686B"/>
+    <w:rsid w:val="00403CBF"/>
+    <w:rsid w:val="0043031F"/>
+    <w:rsid w:val="005901D8"/>
+    <w:rsid w:val="005E08DB"/>
+    <w:rsid w:val="0066455E"/>
     <w:rsid w:val="00671276"/>
+    <w:rsid w:val="006C1822"/>
     <w:rsid w:val="0073178C"/>
     <w:rsid w:val="0073473D"/>
     <w:rsid w:val="007C42D4"/>
+    <w:rsid w:val="008B5E75"/>
+    <w:rsid w:val="008B7A17"/>
+    <w:rsid w:val="008C0FC7"/>
+    <w:rsid w:val="008C17CC"/>
+    <w:rsid w:val="0092150D"/>
     <w:rsid w:val="00945789"/>
     <w:rsid w:val="009C6B57"/>
     <w:rsid w:val="00A07325"/>
+    <w:rsid w:val="00A111B7"/>
     <w:rsid w:val="00A779E5"/>
+    <w:rsid w:val="00AC0ABA"/>
     <w:rsid w:val="00B651E0"/>
     <w:rsid w:val="00B97912"/>
     <w:rsid w:val="00BF578D"/>
     <w:rsid w:val="00CA73B0"/>
     <w:rsid w:val="00D628B8"/>
     <w:rsid w:val="00D96495"/>
+    <w:rsid w:val="00DA1FCC"/>
     <w:rsid w:val="00E66B71"/>
     <w:rsid w:val="00E7268E"/>
     <w:rsid w:val="00F53433"/>
+    <w:rsid w:val="00F538A8"/>
+    <w:rsid w:val="00F6499D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="64C74A2B"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5C5125A7-2CCD-4D4A-8B4A-F8AB0A49A62F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="it-IT" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -3361,51 +7094,51 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
     <w:div w:id="359014864">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.centrovelicocaprera.it" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@centrovelicocaprera.it" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@centrovelicocaprera.it" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3629,71 +7362,71 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4481</Characters>
+  <Pages>5</Pages>
+  <Words>1912</Words>
+  <Characters>10902</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>37</Lines>
-  <Paragraphs>10</Paragraphs>
+  <Lines>90</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5256</CharactersWithSpaces>
+  <CharactersWithSpaces>12789</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>